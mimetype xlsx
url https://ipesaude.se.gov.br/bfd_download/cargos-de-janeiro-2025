--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -11,96 +11,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/media/image1.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image9.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image2.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image3.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image4.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image5.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image6.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image7.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image8.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image10.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image11.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image12.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image13.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image14.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image15.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image16.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image17.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image18.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image19.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image20.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image21.png" ContentType="image/png"/>
   <Override PartName="/xl/media/image22.png" ContentType="image/png"/>
+  <Override PartName="/xl/media/image23.png" ContentType="image/png"/>
+  <Override PartName="/xl/media/image24.png" ContentType="image/png"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/_rels/drawing1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Resumo Janeiro a Novembro de 20" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Resumo Janeiro a Dezembro de 20" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="63">
   <si>
     <t xml:space="preserve">                                Instituto de Promoção e de Assistência à                                   Saúde de Servidores do Estado de Sergipe</t>
   </si>
   <si>
     <t xml:space="preserve">RESUMO QUANTITATIVO DE CARGOS</t>
   </si>
   <si>
     <t xml:space="preserve">Nº</t>
   </si>
   <si>
     <t xml:space="preserve">CARGO</t>
   </si>
   <si>
     <t xml:space="preserve">EFETIVO</t>
   </si>
   <si>
     <t xml:space="preserve">REQUISITADO</t>
   </si>
   <si>
     <t xml:space="preserve">COMISSIONADO</t>
   </si>
   <si>
     <t xml:space="preserve">VAGOS CCE/CCS</t>
   </si>
   <si>
@@ -239,50 +242,56 @@
     <t xml:space="preserve">OBS: Quantitativo de Cargos referente ao mês de Agosto de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Atualizado em: Agosto de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">OBS: Quantitativo de Cargos referente ao mês de Setembro de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Atualizado em: Setembro de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">OBS: Quantitativo de Cargos referente ao mês de Outubro de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Atualizado em: Outubro de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">MÉDICO PEDIATRA</t>
   </si>
   <si>
     <t xml:space="preserve">OBS: Quantitativo de Cargos referente ao mês de Novembro de 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Atualizado em: Dezembro de 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OBS: Quantitativo de Cargos referente ao mês de Dezembro de 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atualizado em: Janeiro de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="0"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -571,54 +580,54 @@
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:sideWall>
     <c:backWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:backWall>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.0905482964952986"/>
-[...2 lines deleted...]
-          <c:h val="0.614832267474475"/>
+          <c:x val="0.0905538254869634"/>
+          <c:y val="0.0203096947935368"/>
+          <c:w val="0.763754045307443"/>
+          <c:h val="0.614789048473968"/>
         </c:manualLayout>
       </c:layout>
       <c:bar3DChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Linha 32</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="004586"/>
             </a:solidFill>
             <a:ln>
@@ -675,129 +684,129 @@
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>63</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>88</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>30</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="7341422"/>
-        <c:axId val="21572807"/>
+        <c:axId val="78795992"/>
+        <c:axId val="29135838"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="7341422"/>
+        <c:axId val="78795992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="21572807"/>
+        <c:crossAx val="29135838"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="21572807"/>
+        <c:axId val="29135838"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="7341422"/>
+        <c:crossAx val="78795992"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart10.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
@@ -820,54 +829,54 @@
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:sideWall>
     <c:backWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:backWall>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.0905925473427001"/>
-[...2 lines deleted...]
-          <c:h val="0.614486243683324"/>
+          <c:x val="0.0905980817398742"/>
+          <c:y val="0.0203279424977538"/>
+          <c:w val="0.763149856435946"/>
+          <c:h val="0.614442946990117"/>
         </c:manualLayout>
       </c:layout>
       <c:bar3DChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Linha 32</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="004586"/>
             </a:solidFill>
             <a:ln>
@@ -924,129 +933,129 @@
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>90</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>31</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="65391030"/>
-        <c:axId val="84437589"/>
+        <c:axId val="53234225"/>
+        <c:axId val="14386575"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="65391030"/>
+        <c:axId val="53234225"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="84437589"/>
+        <c:crossAx val="14386575"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="84437589"/>
+        <c:axId val="14386575"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="65391030"/>
+        <c:crossAx val="53234225"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart11.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
@@ -1069,54 +1078,303 @@
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:sideWall>
     <c:backWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:backWall>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.0905925473427001"/>
-[...2 lines deleted...]
-          <c:h val="0.614486243683324"/>
+          <c:x val="0.0905980817398742"/>
+          <c:y val="0.0202156334231806"/>
+          <c:w val="0.763149856435946"/>
+          <c:h val="0.614442946990117"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:bar3DChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>label 0</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Linha 32</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="004586"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:numFmt formatCode="0" sourceLinked="0"/>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                    <a:latin typeface="Arial"/>
+                  </a:defRPr>
+                </a:pPr>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:separator>; </c:separator>
+            <c:showLeaderLines val="0"/>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>categories</c:f>
+              <c:strCache>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>EFETIVO</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>REQUISITADO</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>COMISSIONADO</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>VAGOS CCE/CCS</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>ESTÁGIO REMUNERADO</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>0</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>92</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>30</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+        <c:gapWidth val="100"/>
+        <c:shape val="cylinder"/>
+        <c:axId val="20972231"/>
+        <c:axId val="18561110"/>
+        <c:axId val="0"/>
+      </c:bar3DChart>
+      <c:catAx>
+        <c:axId val="20972231"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="18561110"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="18561110"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="b3b3b3"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="20972231"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:srgbClr val="ffffff"/>
+    </a:solidFill>
+    <a:ln w="9360">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart12.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:view3D>
+      <c:rotX val="11"/>
+      <c:rotY val="25"/>
+      <c:rAngAx val="1"/>
+      <c:perspective val="40"/>
+    </c:view3D>
+    <c:floor>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="cccccc"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:floor>
+    <c:sideWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:sideWall>
+    <c:backWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:backWall>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.0906091525630843"/>
+          <c:y val="0.0203325095484161"/>
+          <c:w val="0.762998716930409"/>
+          <c:h val="0.614356324421478"/>
         </c:manualLayout>
       </c:layout>
       <c:bar3DChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Linha 32</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="004586"/>
             </a:solidFill>
             <a:ln>
@@ -1153,417 +1411,168 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>50</c:v>
+                  <c:v>48</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>35</c:v>
+                  <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>92</c:v>
+                  <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>30</c:v>
+                  <c:v>27</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="88889575"/>
-        <c:axId val="98187506"/>
+        <c:axId val="49409819"/>
+        <c:axId val="96077266"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="88889575"/>
+        <c:axId val="49409819"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="98187506"/>
+        <c:crossAx val="96077266"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="98187506"/>
+        <c:axId val="96077266"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="88889575"/>
+        <c:crossAx val="49409819"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...247 lines deleted...]
-<file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -1651,219 +1660,219 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>57</c:v>
+                  <c:v>62</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>86</c:v>
+                  <c:v>85</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>7</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>30</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="76142304"/>
-        <c:axId val="57735717"/>
+        <c:axId val="59285627"/>
+        <c:axId val="99166142"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="76142304"/>
+        <c:axId val="59285627"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="57735717"/>
+        <c:crossAx val="99166142"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="57735717"/>
+        <c:axId val="99166142"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="76142304"/>
+        <c:crossAx val="59285627"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:sideWall>
     <c:backWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:srgbClr val="b3b3b3"/>
           </a:solidFill>
         </a:ln>
       </c:spPr>
     </c:backWall>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.0905759482074146"/>
-[...2 lines deleted...]
-          <c:h val="0.614616075437809"/>
+          <c:x val="0.0905648854961832"/>
+          <c:y val="0.020314253647587"/>
+          <c:w val="0.763603053435114"/>
+          <c:h val="0.614702581369248"/>
         </c:manualLayout>
       </c:layout>
       <c:bar3DChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Linha 32</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="004586"/>
             </a:solidFill>
             <a:ln>
@@ -1900,168 +1909,168 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>56</c:v>
+                  <c:v>57</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>33</c:v>
+                  <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>88</c:v>
+                  <c:v>86</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>5</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>31</c:v>
+                  <c:v>30</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="67839334"/>
-        <c:axId val="57652882"/>
+        <c:axId val="54655804"/>
+        <c:axId val="10488629"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="67839334"/>
+        <c:axId val="54655804"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="57652882"/>
+        <c:crossAx val="10488629"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="57652882"/>
+        <c:axId val="10488629"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="67839334"/>
+        <c:crossAx val="54655804"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -2149,168 +2158,168 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>55</c:v>
+                  <c:v>56</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>88</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>32</c:v>
+                  <c:v>31</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="96344805"/>
-        <c:axId val="80251764"/>
+        <c:axId val="72155081"/>
+        <c:axId val="72989749"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="96344805"/>
+        <c:axId val="72155081"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="80251764"/>
+        <c:crossAx val="72989749"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="80251764"/>
+        <c:axId val="72989749"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="96344805"/>
+        <c:crossAx val="72155081"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -2398,168 +2407,168 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>52</c:v>
+                  <c:v>55</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>90</c:v>
+                  <c:v>88</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>33</c:v>
+                  <c:v>32</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="86368309"/>
-        <c:axId val="84169318"/>
+        <c:axId val="53651244"/>
+        <c:axId val="70385319"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="86368309"/>
+        <c:axId val="53651244"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="84169318"/>
+        <c:crossAx val="70385319"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="84169318"/>
+        <c:axId val="70385319"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="86368309"/>
+        <c:crossAx val="53651244"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -2653,411 +2662,162 @@
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>52</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>88</c:v>
+                  <c:v>90</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>5</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>30</c:v>
+                  <c:v>33</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="92326533"/>
-        <c:axId val="18293694"/>
+        <c:axId val="23915575"/>
+        <c:axId val="6250353"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="92326533"/>
+        <c:axId val="23915575"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="18293694"/>
+        <c:crossAx val="6250353"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="18293694"/>
+        <c:axId val="6250353"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="92326533"/>
+        <c:crossAx val="23915575"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
-[...248 lines deleted...]
-<file path=xl/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="11"/>
       <c:rotY val="25"/>
       <c:rAngAx val="1"/>
       <c:perspective val="40"/>
     </c:view3D>
     <c:floor>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="cccccc"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:floor>
     <c:sideWall>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -3145,1338 +2905,1940 @@
                 <c:pt idx="0">
                   <c:v>EFETIVO</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>REQUISITADO</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>COMISSIONADO</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>VAGOS CCE/CCS</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>ESTÁGIO REMUNERADO</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>0</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>50</c:v>
+                  <c:v>52</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>34</c:v>
+                  <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>91</c:v>
+                  <c:v>88</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>30</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:gapWidth val="100"/>
         <c:shape val="cylinder"/>
-        <c:axId val="94723963"/>
-        <c:axId val="51218526"/>
+        <c:axId val="97644595"/>
+        <c:axId val="66788338"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
-        <c:axId val="94723963"/>
+        <c:axId val="97644595"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="51218526"/>
+        <c:crossAx val="66788338"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="51218526"/>
+        <c:axId val="66788338"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="b3b3b3"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="b3b3b3"/>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
                 <a:latin typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="94723963"/>
+        <c:crossAx val="97644595"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:srgbClr val="ffffff"/>
+    </a:solidFill>
+    <a:ln w="9360">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:view3D>
+      <c:rotX val="11"/>
+      <c:rotY val="25"/>
+      <c:rAngAx val="1"/>
+      <c:perspective val="40"/>
+    </c:view3D>
+    <c:floor>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="cccccc"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:floor>
+    <c:sideWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:sideWall>
+    <c:backWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:backWall>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.0905980817398742"/>
+          <c:y val="0.0203279424977538"/>
+          <c:w val="0.763149856435946"/>
+          <c:h val="0.614442946990117"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:bar3DChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>label 0</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Linha 32</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="004586"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:numFmt formatCode="0" sourceLinked="0"/>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                    <a:latin typeface="Arial"/>
+                  </a:defRPr>
+                </a:pPr>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:separator>; </c:separator>
+            <c:showLeaderLines val="0"/>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>categories</c:f>
+              <c:strCache>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>EFETIVO</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>REQUISITADO</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>COMISSIONADO</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>VAGOS CCE/CCS</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>ESTÁGIO REMUNERADO</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>0</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>87</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>30</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+        <c:gapWidth val="100"/>
+        <c:shape val="cylinder"/>
+        <c:axId val="1457989"/>
+        <c:axId val="73737312"/>
+        <c:axId val="0"/>
+      </c:bar3DChart>
+      <c:catAx>
+        <c:axId val="1457989"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="73737312"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="73737312"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="b3b3b3"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1457989"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:srgbClr val="ffffff"/>
+    </a:solidFill>
+    <a:ln w="9360">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:view3D>
+      <c:rotX val="11"/>
+      <c:rotY val="25"/>
+      <c:rAngAx val="1"/>
+      <c:perspective val="40"/>
+    </c:view3D>
+    <c:floor>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="cccccc"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:floor>
+    <c:sideWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:sideWall>
+    <c:backWall>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="b3b3b3"/>
+          </a:solidFill>
+        </a:ln>
+      </c:spPr>
+    </c:backWall>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.0906036168132942"/>
+          <c:y val="0.0203302257665955"/>
+          <c:w val="0.763074291300098"/>
+          <c:h val="0.614399640570594"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:bar3DChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>label 0</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Linha 32</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="004586"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:numFmt formatCode="0" sourceLinked="0"/>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                    <a:latin typeface="Arial"/>
+                  </a:defRPr>
+                </a:pPr>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:separator>; </c:separator>
+            <c:showLeaderLines val="0"/>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>categories</c:f>
+              <c:strCache>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>EFETIVO</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>REQUISITADO</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>COMISSIONADO</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>VAGOS CCE/CCS</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>ESTÁGIO REMUNERADO</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>0</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>34</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>91</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>30</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+        <c:gapWidth val="100"/>
+        <c:shape val="cylinder"/>
+        <c:axId val="87474452"/>
+        <c:axId val="26181173"/>
+        <c:axId val="0"/>
+      </c:bar3DChart>
+      <c:catAx>
+        <c:axId val="87474452"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="[$-416]dd/mm/yyyy" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="26181173"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="26181173"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="b3b3b3"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="b3b3b3"/>
+            </a:solidFill>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="0" sz="1000" spc="-1" strike="noStrike">
+                <a:latin typeface="Arial"/>
+              </a:defRPr>
+            </a:pPr>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="87474452"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:noFill/>
     </a:ln>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart12.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>158760</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1319760</xdr:colOff>
+      <xdr:colOff>1319400</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>409680</xdr:rowOff>
+      <xdr:rowOff>409320</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="Figura 1" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="462240" y="28800"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>198360</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>22680</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1359360</xdr:colOff>
+      <xdr:colOff>1359000</xdr:colOff>
       <xdr:row>51</xdr:row>
-      <xdr:rowOff>403560</xdr:rowOff>
+      <xdr:rowOff>403200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Figura 1_1" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="501840" y="9237600"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>117720</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>88920</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>777960</xdr:colOff>
+      <xdr:colOff>777600</xdr:colOff>
       <xdr:row>73</xdr:row>
-      <xdr:rowOff>46080</xdr:rowOff>
+      <xdr:rowOff>45720</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="117720" y="9921240"/>
-        <a:ext cx="5895720" cy="3208320"/>
+        <a:ext cx="5895360" cy="3207960"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>239040</xdr:colOff>
       <xdr:row>104</xdr:row>
       <xdr:rowOff>36360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1400040</xdr:colOff>
+      <xdr:colOff>1399680</xdr:colOff>
       <xdr:row>104</xdr:row>
-      <xdr:rowOff>417240</xdr:rowOff>
+      <xdr:rowOff>416880</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Figura 1_0" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="542520" y="18214920"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>219240</xdr:colOff>
       <xdr:row>155</xdr:row>
       <xdr:rowOff>25200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1380240</xdr:colOff>
+      <xdr:colOff>1379880</xdr:colOff>
       <xdr:row>155</xdr:row>
-      <xdr:rowOff>406080</xdr:rowOff>
+      <xdr:rowOff>405720</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Figura 1_2" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="522720" y="27195480"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>88920</xdr:colOff>
       <xdr:row>156</xdr:row>
       <xdr:rowOff>131760</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>748800</xdr:colOff>
+      <xdr:colOff>748440</xdr:colOff>
       <xdr:row>176</xdr:row>
-      <xdr:rowOff>88560</xdr:rowOff>
+      <xdr:rowOff>88200</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="88920" y="27756720"/>
-        <a:ext cx="5895360" cy="3207960"/>
+        <a:ext cx="5895000" cy="3207600"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>140400</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>39960</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1301400</xdr:colOff>
+      <xdr:colOff>1301040</xdr:colOff>
       <xdr:row>209</xdr:row>
-      <xdr:rowOff>420840</xdr:rowOff>
+      <xdr:rowOff>420480</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Figura 1_3" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="443880" y="36336240"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>160200</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>26280</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1321200</xdr:colOff>
+      <xdr:colOff>1320840</xdr:colOff>
       <xdr:row>260</xdr:row>
-      <xdr:rowOff>407160</xdr:rowOff>
+      <xdr:rowOff>406800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Figura 1_4" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="463680" y="45314280"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>154800</xdr:colOff>
       <xdr:row>261</xdr:row>
-      <xdr:rowOff>146520</xdr:rowOff>
+      <xdr:rowOff>147600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>814320</xdr:colOff>
+      <xdr:colOff>813960</xdr:colOff>
       <xdr:row>281</xdr:row>
-      <xdr:rowOff>102960</xdr:rowOff>
+      <xdr:rowOff>103680</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
-        <a:off x="154800" y="45889200"/>
-        <a:ext cx="5895000" cy="3207600"/>
+        <a:off x="154800" y="45890280"/>
+        <a:ext cx="5894640" cy="3207240"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>71640</xdr:colOff>
       <xdr:row>313</xdr:row>
       <xdr:rowOff>10440</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1232640</xdr:colOff>
+      <xdr:colOff>1232280</xdr:colOff>
       <xdr:row>313</xdr:row>
-      <xdr:rowOff>391320</xdr:rowOff>
+      <xdr:rowOff>390960</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Figura 1_5" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId10"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="375120" y="54262080"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>81720</xdr:colOff>
       <xdr:row>364</xdr:row>
       <xdr:rowOff>34920</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1242720</xdr:colOff>
+      <xdr:colOff>1242360</xdr:colOff>
       <xdr:row>364</xdr:row>
-      <xdr:rowOff>415800</xdr:rowOff>
+      <xdr:rowOff>415440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Figura 1_6" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId11"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="385200" y="63278280"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>187560</xdr:colOff>
       <xdr:row>366</xdr:row>
-      <xdr:rowOff>10080</xdr:rowOff>
+      <xdr:rowOff>11160</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>846000</xdr:colOff>
+      <xdr:colOff>845640</xdr:colOff>
       <xdr:row>385</xdr:row>
-      <xdr:rowOff>127800</xdr:rowOff>
+      <xdr:rowOff>128520</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
-        <a:off x="187560" y="63870480"/>
-        <a:ext cx="5893920" cy="3206520"/>
+        <a:off x="187560" y="63871560"/>
+        <a:ext cx="5893560" cy="3206160"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>181800</xdr:colOff>
       <xdr:row>418</xdr:row>
       <xdr:rowOff>38880</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1342800</xdr:colOff>
+      <xdr:colOff>1342440</xdr:colOff>
       <xdr:row>418</xdr:row>
-      <xdr:rowOff>419760</xdr:rowOff>
+      <xdr:rowOff>419400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Figura 1_7" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId13"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="485280" y="72408240"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>181800</xdr:colOff>
       <xdr:row>469</xdr:row>
       <xdr:rowOff>55800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1342800</xdr:colOff>
+      <xdr:colOff>1342440</xdr:colOff>
       <xdr:row>469</xdr:row>
-      <xdr:rowOff>436680</xdr:rowOff>
+      <xdr:rowOff>436320</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Figura 1_8" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId14"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="485280" y="81396000"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>217800</xdr:colOff>
       <xdr:row>470</xdr:row>
       <xdr:rowOff>135360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>875880</xdr:colOff>
+      <xdr:colOff>875520</xdr:colOff>
       <xdr:row>490</xdr:row>
-      <xdr:rowOff>90360</xdr:rowOff>
+      <xdr:rowOff>90000</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="217800" y="81930240"/>
-        <a:ext cx="5893560" cy="3206160"/>
+        <a:ext cx="5893200" cy="3205800"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>139680</xdr:colOff>
       <xdr:row>523</xdr:row>
       <xdr:rowOff>20520</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1300680</xdr:colOff>
+      <xdr:colOff>1300320</xdr:colOff>
       <xdr:row>523</xdr:row>
-      <xdr:rowOff>401400</xdr:rowOff>
+      <xdr:rowOff>401040</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Figura 1_9" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId16"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="443160" y="90486720"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>188280</xdr:colOff>
       <xdr:row>574</xdr:row>
       <xdr:rowOff>36360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1349280</xdr:colOff>
+      <xdr:colOff>1348920</xdr:colOff>
       <xdr:row>574</xdr:row>
-      <xdr:rowOff>417240</xdr:rowOff>
+      <xdr:rowOff>416880</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Figura 1_10" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId17"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="491760" y="99494280"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>137520</xdr:colOff>
       <xdr:row>575</xdr:row>
-      <xdr:rowOff>134280</xdr:rowOff>
+      <xdr:rowOff>135360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>795240</xdr:colOff>
+      <xdr:colOff>794880</xdr:colOff>
       <xdr:row>595</xdr:row>
-      <xdr:rowOff>88920</xdr:rowOff>
+      <xdr:rowOff>89640</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
-        <a:off x="137520" y="100046880"/>
-        <a:ext cx="5893200" cy="3205800"/>
+        <a:off x="137520" y="100047960"/>
+        <a:ext cx="5892840" cy="3205440"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId18"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>188640</xdr:colOff>
       <xdr:row>627</xdr:row>
       <xdr:rowOff>30240</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1349640</xdr:colOff>
+      <xdr:colOff>1349280</xdr:colOff>
       <xdr:row>627</xdr:row>
-      <xdr:rowOff>411120</xdr:rowOff>
+      <xdr:rowOff>410760</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Figura 1_11" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId19"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="492120" y="108451800"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>109800</xdr:colOff>
       <xdr:row>678</xdr:row>
       <xdr:rowOff>36360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1270800</xdr:colOff>
+      <xdr:colOff>1270440</xdr:colOff>
       <xdr:row>678</xdr:row>
-      <xdr:rowOff>417240</xdr:rowOff>
+      <xdr:rowOff>416880</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Figura 1_12" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId20"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="413280" y="117449640"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>174600</xdr:colOff>
       <xdr:row>680</xdr:row>
-      <xdr:rowOff>17280</xdr:rowOff>
+      <xdr:rowOff>18360</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>831960</xdr:colOff>
+      <xdr:colOff>831600</xdr:colOff>
       <xdr:row>699</xdr:row>
-      <xdr:rowOff>133920</xdr:rowOff>
+      <xdr:rowOff>134640</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="20" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
-        <a:off x="174600" y="118047600"/>
-        <a:ext cx="5892840" cy="3205440"/>
+        <a:off x="174600" y="118048680"/>
+        <a:ext cx="5892480" cy="3205080"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId21"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>120600</xdr:colOff>
       <xdr:row>731</xdr:row>
       <xdr:rowOff>10440</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1281600</xdr:colOff>
+      <xdr:colOff>1281240</xdr:colOff>
       <xdr:row>731</xdr:row>
-      <xdr:rowOff>391320</xdr:rowOff>
+      <xdr:rowOff>390960</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Figura 1_13" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId22"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="424080" y="126387360"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>189720</xdr:colOff>
       <xdr:row>782</xdr:row>
       <xdr:rowOff>15840</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1350720</xdr:colOff>
+      <xdr:colOff>1350360</xdr:colOff>
       <xdr:row>782</xdr:row>
-      <xdr:rowOff>396720</xdr:rowOff>
+      <xdr:rowOff>396360</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Figura 1_14" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId23"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="493200" y="135384480"/>
-          <a:ext cx="1161000" cy="380880"/>
+          <a:ext cx="1160640" cy="380520"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>167760</xdr:colOff>
       <xdr:row>784</xdr:row>
-      <xdr:rowOff>15840</xdr:rowOff>
+      <xdr:rowOff>16920</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>825120</xdr:colOff>
+      <xdr:colOff>824760</xdr:colOff>
       <xdr:row>803</xdr:row>
-      <xdr:rowOff>132480</xdr:rowOff>
+      <xdr:rowOff>133200</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="23" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
-        <a:off x="167760" y="136001520"/>
-        <a:ext cx="5892840" cy="3205440"/>
+        <a:off x="167760" y="136002600"/>
+        <a:ext cx="5892480" cy="3205080"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId24"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>141120</xdr:colOff>
       <xdr:row>835</xdr:row>
       <xdr:rowOff>38880</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1299240</xdr:colOff>
+      <xdr:colOff>1298880</xdr:colOff>
       <xdr:row>835</xdr:row>
-      <xdr:rowOff>416880</xdr:rowOff>
+      <xdr:rowOff>416520</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Figura 1_15" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId25"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="444600" y="144371160"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>150840</xdr:colOff>
       <xdr:row>886</xdr:row>
       <xdr:rowOff>35640</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1308960</xdr:colOff>
+      <xdr:colOff>1308600</xdr:colOff>
       <xdr:row>886</xdr:row>
-      <xdr:rowOff>413640</xdr:rowOff>
+      <xdr:rowOff>413280</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Figura 1_16" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId26"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="454320" y="153359280"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>187560</xdr:colOff>
       <xdr:row>888</xdr:row>
       <xdr:rowOff>12240</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>844560</xdr:colOff>
+      <xdr:colOff>844200</xdr:colOff>
       <xdr:row>907</xdr:row>
-      <xdr:rowOff>128880</xdr:rowOff>
+      <xdr:rowOff>128520</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="26" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="187560" y="153953280"/>
-        <a:ext cx="5892480" cy="3205080"/>
+        <a:ext cx="5892120" cy="3204720"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId27"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>141480</xdr:colOff>
       <xdr:row>939</xdr:row>
       <xdr:rowOff>49320</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1299600</xdr:colOff>
+      <xdr:colOff>1299240</xdr:colOff>
       <xdr:row>939</xdr:row>
-      <xdr:rowOff>427320</xdr:rowOff>
+      <xdr:rowOff>426960</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Figura 1_17" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId28"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="444960" y="162336600"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>170640</xdr:colOff>
       <xdr:row>990</xdr:row>
       <xdr:rowOff>54720</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1328760</xdr:colOff>
+      <xdr:colOff>1328400</xdr:colOff>
       <xdr:row>990</xdr:row>
-      <xdr:rowOff>432720</xdr:rowOff>
+      <xdr:rowOff>432360</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Figura 1_18" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId29"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="474120" y="171333720"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>118440</xdr:colOff>
       <xdr:row>991</xdr:row>
       <xdr:rowOff>12240</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>775800</xdr:colOff>
+      <xdr:colOff>775440</xdr:colOff>
       <xdr:row>1010</xdr:row>
-      <xdr:rowOff>128880</xdr:rowOff>
+      <xdr:rowOff>128520</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="29" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="118440" y="171745920"/>
-        <a:ext cx="5892840" cy="3205440"/>
+        <a:ext cx="5892480" cy="3205080"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId30"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>102960</xdr:colOff>
       <xdr:row>1042</xdr:row>
       <xdr:rowOff>19800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1261080</xdr:colOff>
+      <xdr:colOff>1260720</xdr:colOff>
       <xdr:row>1042</xdr:row>
-      <xdr:rowOff>397800</xdr:rowOff>
+      <xdr:rowOff>397440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Figura 1_19" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId31"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="406440" y="180100080"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>122760</xdr:colOff>
       <xdr:row>1093</xdr:row>
       <xdr:rowOff>35280</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1280880</xdr:colOff>
+      <xdr:colOff>1280520</xdr:colOff>
       <xdr:row>1093</xdr:row>
-      <xdr:rowOff>413280</xdr:rowOff>
+      <xdr:rowOff>412920</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Figura 1_20" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId32"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="426240" y="189106920"/>
-          <a:ext cx="1158120" cy="378000"/>
+          <a:ext cx="1157760" cy="377640"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>140760</xdr:colOff>
       <xdr:row>1095</xdr:row>
       <xdr:rowOff>4320</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>798120</xdr:colOff>
+      <xdr:colOff>797760</xdr:colOff>
       <xdr:row>1114</xdr:row>
-      <xdr:rowOff>121320</xdr:rowOff>
+      <xdr:rowOff>120960</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame>
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="32" name=""/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="140760" y="189693360"/>
-        <a:ext cx="5892840" cy="3205440"/>
+        <a:ext cx="5892480" cy="3205080"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId33"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="absolute">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>119520</xdr:colOff>
+      <xdr:row>1146</xdr:row>
+      <xdr:rowOff>29520</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1277280</xdr:colOff>
+      <xdr:row>1146</xdr:row>
+      <xdr:rowOff>407160</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Figura 1_21" descr=""/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="423000" y="198064800"/>
+          <a:ext cx="1157760" cy="377640"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="absolute">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>188280</xdr:colOff>
+      <xdr:row>1197</xdr:row>
+      <xdr:rowOff>35280</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1346040</xdr:colOff>
+      <xdr:row>1197</xdr:row>
+      <xdr:rowOff>412920</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Figura 1_22" descr=""/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId35"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="491760" y="207062280"/>
+          <a:ext cx="1157760" cy="377640"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>196920</xdr:colOff>
+      <xdr:row>1198</xdr:row>
+      <xdr:rowOff>155520</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>853200</xdr:colOff>
+      <xdr:row>1218</xdr:row>
+      <xdr:rowOff>108720</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame>
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="35" name=""/>
+        <xdr:cNvGraphicFramePr/>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="196920" y="207637200"/>
+        <a:ext cx="5891760" cy="3204360"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId36"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G1119"/>
+  <dimension ref="A1:G1223"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1088" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="J1102" activeCellId="0" sqref="J1102"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1178" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="J1210" activeCellId="0" sqref="J1210"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.82421875" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="11.83984375" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="4.3"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="23.35"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="0" width="8.89"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="0" width="12.37"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="15.84"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="0" width="9.44"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="0" width="12.64"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="35.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -12776,52 +13138,799 @@
       <c r="D1117" s="10"/>
       <c r="E1117" s="10"/>
       <c r="F1117" s="10"/>
       <c r="G1117" s="10"/>
     </row>
     <row r="1118" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A1118" s="14"/>
       <c r="B1118" s="14"/>
       <c r="C1118" s="14"/>
       <c r="D1118" s="14"/>
       <c r="E1118" s="14"/>
       <c r="F1118" s="14"/>
       <c r="G1118" s="14"/>
     </row>
     <row r="1119" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A1119" s="14"/>
       <c r="B1119" s="14"/>
       <c r="C1119" s="14"/>
       <c r="D1119" s="13" t="s">
         <v>60</v>
       </c>
       <c r="E1119" s="13"/>
       <c r="F1119" s="13"/>
       <c r="G1119" s="13"/>
     </row>
+    <row r="1147" customFormat="false" ht="35.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1147" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1147" s="1"/>
+      <c r="C1147" s="1"/>
+      <c r="D1147" s="1"/>
+      <c r="E1147" s="1"/>
+      <c r="F1147" s="1"/>
+      <c r="G1147" s="1"/>
+    </row>
+    <row r="1149" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1149" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1149" s="2"/>
+      <c r="C1149" s="2"/>
+      <c r="D1149" s="2"/>
+      <c r="E1149" s="2"/>
+      <c r="F1149" s="2"/>
+      <c r="G1149" s="2"/>
+    </row>
+    <row r="1150" customFormat="false" ht="20.85" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1150" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1150" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1150" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1150" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E1150" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1150" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="G1150" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="1151" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1151" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="B1151" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1151" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="D1151" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1151" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1151" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1151" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1152" customFormat="false" ht="20.85" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1152" s="5" t="n">
+        <v>2</v>
+      </c>
+      <c r="B1152" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1152" s="5" t="n">
+        <v>12</v>
+      </c>
+      <c r="D1152" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1152" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1152" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1152" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1153" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1153" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="B1153" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1153" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1153" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1153" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1153" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1153" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1154" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1154" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="B1154" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1154" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1154" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1154" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1154" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1154" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1155" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1155" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="B1155" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1155" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="D1155" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1155" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1155" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1155" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1156" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1156" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="B1156" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1156" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1156" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1156" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1156" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1156" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1157" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1157" s="5" t="n">
+        <v>7</v>
+      </c>
+      <c r="B1157" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1157" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="D1157" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1157" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1157" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1157" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1158" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1158" s="5" t="n">
+        <v>8</v>
+      </c>
+      <c r="B1158" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1158" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="D1158" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1158" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1158" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1158" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1159" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1159" s="5" t="n">
+        <v>9</v>
+      </c>
+      <c r="B1159" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1159" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1159" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1159" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1159" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1159" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1160" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1160" s="5" t="n">
+        <v>10</v>
+      </c>
+      <c r="B1160" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1160" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1160" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1160" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="F1160" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1160" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1161" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1161" s="5" t="n">
+        <v>11</v>
+      </c>
+      <c r="B1161" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1161" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1161" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1161" s="5" t="n">
+        <v>88</v>
+      </c>
+      <c r="F1161" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1161" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1162" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1162" s="5" t="n">
+        <v>12</v>
+      </c>
+      <c r="B1162" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1162" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="D1162" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="E1162" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1162" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1162" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1163" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1163" s="5" t="n">
+        <v>13</v>
+      </c>
+      <c r="B1163" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1163" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1163" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1163" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1163" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1163" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1164" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1164" s="5" t="n">
+        <v>14</v>
+      </c>
+      <c r="B1164" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C1164" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1164" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="E1164" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1164" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1164" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1165" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1165" s="5" t="n">
+        <v>15</v>
+      </c>
+      <c r="B1165" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1165" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1165" s="5" t="n">
+        <v>2</v>
+      </c>
+      <c r="E1165" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1165" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1165" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1166" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1166" s="5" t="n">
+        <v>16</v>
+      </c>
+      <c r="B1166" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1166" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1166" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1166" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1166" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1166" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1167" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1167" s="5" t="n">
+        <v>17</v>
+      </c>
+      <c r="B1167" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C1167" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1167" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1167" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1167" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1167" s="5" t="n">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1168" customFormat="false" ht="20.85" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1168" s="5" t="n">
+        <v>18</v>
+      </c>
+      <c r="B1168" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C1168" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="D1168" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1168" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1168" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1168" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1169" customFormat="false" ht="20.85" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1169" s="5" t="n">
+        <v>19</v>
+      </c>
+      <c r="B1169" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1169" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1169" s="5" t="n">
+        <v>2</v>
+      </c>
+      <c r="E1169" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1169" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1169" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1170" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1170" s="5" t="n">
+        <v>20</v>
+      </c>
+      <c r="B1170" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1170" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1170" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="E1170" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1170" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1170" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1171" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1171" s="5" t="n">
+        <v>21</v>
+      </c>
+      <c r="B1171" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C1171" s="5" t="n">
+        <v>11</v>
+      </c>
+      <c r="D1171" s="5" t="n">
+        <v>7</v>
+      </c>
+      <c r="E1171" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1171" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1171" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1172" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1172" s="5" t="n">
+        <v>22</v>
+      </c>
+      <c r="B1172" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C1172" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1172" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1172" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1172" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1172" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1173" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1173" s="5" t="n">
+        <v>23</v>
+      </c>
+      <c r="B1173" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1173" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1173" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1173" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1173" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1173" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1174" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1174" s="5" t="n">
+        <v>24</v>
+      </c>
+      <c r="B1174" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1174" s="5" t="n">
+        <v>7</v>
+      </c>
+      <c r="D1174" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1174" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1174" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1174" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1175" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1175" s="5" t="n">
+        <v>25</v>
+      </c>
+      <c r="B1175" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1175" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="D1175" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E1175" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1175" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1175" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1176" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1176" s="5" t="n">
+        <v>26</v>
+      </c>
+      <c r="B1176" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C1176" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="D1176" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1176" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1176" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1176" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1177" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1177" s="5" t="n">
+        <v>27</v>
+      </c>
+      <c r="B1177" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C1177" s="5" t="n">
+        <v>1</v>
+      </c>
+      <c r="D1177" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="E1177" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="F1177" s="5" t="n">
+        <v>0</v>
+      </c>
+      <c r="G1177" s="5" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1178" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1178" s="5"/>
+      <c r="B1178" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1178" s="8" t="n">
+        <f aca="false">SUM(C1151:C1177)</f>
+        <v>48</v>
+      </c>
+      <c r="D1178" s="8" t="n">
+        <f aca="false">SUM(D1151:D1177)</f>
+        <v>34</v>
+      </c>
+      <c r="E1178" s="8" t="n">
+        <f aca="false">SUM(E1151:E1177)</f>
+        <v>93</v>
+      </c>
+      <c r="F1178" s="8" t="n">
+        <f aca="false">SUM(F1151:F1177)</f>
+        <v>0</v>
+      </c>
+      <c r="G1178" s="8" t="n">
+        <f aca="false">SUM(G1151:G1177)</f>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1179" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1179" s="5"/>
+      <c r="B1179" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C1179" s="9" t="n">
+        <f aca="false">SUM(C1178+D1178+E1178+G1178)</f>
+        <v>202</v>
+      </c>
+      <c r="D1179" s="9"/>
+      <c r="E1179" s="9"/>
+      <c r="F1179" s="9"/>
+      <c r="G1179" s="9"/>
+    </row>
+    <row r="1180" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1180" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1180" s="11"/>
+      <c r="C1180" s="11"/>
+      <c r="D1180" s="11"/>
+      <c r="E1180" s="11"/>
+      <c r="F1180" s="11"/>
+      <c r="G1180" s="11"/>
+    </row>
+    <row r="1198" customFormat="false" ht="35.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1198" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1198" s="1"/>
+      <c r="C1198" s="1"/>
+      <c r="D1198" s="1"/>
+      <c r="E1198" s="1"/>
+      <c r="F1198" s="1"/>
+      <c r="G1198" s="1"/>
+    </row>
+    <row r="1221" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1221" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1221" s="10"/>
+      <c r="C1221" s="10"/>
+      <c r="D1221" s="10"/>
+      <c r="E1221" s="10"/>
+      <c r="F1221" s="10"/>
+      <c r="G1221" s="10"/>
+    </row>
+    <row r="1223" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D1223" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E1223" s="13"/>
+      <c r="F1223" s="13"/>
+      <c r="G1223" s="13"/>
+    </row>
   </sheetData>
-  <mergeCells count="77">
+  <mergeCells count="84">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="C32:G32"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="A75:G75"/>
     <mergeCell ref="C77:F77"/>
     <mergeCell ref="A105:G105"/>
     <mergeCell ref="A107:G107"/>
     <mergeCell ref="C137:G137"/>
     <mergeCell ref="A138:G138"/>
     <mergeCell ref="A156:G156"/>
     <mergeCell ref="A180:G180"/>
     <mergeCell ref="D182:G182"/>
     <mergeCell ref="A210:G210"/>
     <mergeCell ref="A212:G212"/>
     <mergeCell ref="C242:G242"/>
     <mergeCell ref="A243:G243"/>
     <mergeCell ref="A261:G261"/>
     <mergeCell ref="A284:G284"/>
     <mergeCell ref="D286:G286"/>
     <mergeCell ref="A314:G314"/>
     <mergeCell ref="A316:G316"/>
     <mergeCell ref="C346:G346"/>
     <mergeCell ref="A347:G347"/>
@@ -12855,50 +13964,57 @@
     <mergeCell ref="A765:G765"/>
     <mergeCell ref="A783:G783"/>
     <mergeCell ref="A806:G806"/>
     <mergeCell ref="D808:G808"/>
     <mergeCell ref="A836:G836"/>
     <mergeCell ref="A838:G838"/>
     <mergeCell ref="C868:G868"/>
     <mergeCell ref="A869:G869"/>
     <mergeCell ref="A887:G887"/>
     <mergeCell ref="A910:G910"/>
     <mergeCell ref="D912:G912"/>
     <mergeCell ref="A940:G940"/>
     <mergeCell ref="A942:G942"/>
     <mergeCell ref="C972:G972"/>
     <mergeCell ref="A973:G973"/>
     <mergeCell ref="A991:G991"/>
     <mergeCell ref="A1013:G1013"/>
     <mergeCell ref="D1015:G1015"/>
     <mergeCell ref="A1043:G1043"/>
     <mergeCell ref="A1045:G1045"/>
     <mergeCell ref="C1075:G1075"/>
     <mergeCell ref="A1076:G1076"/>
     <mergeCell ref="A1094:G1094"/>
     <mergeCell ref="A1117:G1117"/>
     <mergeCell ref="D1119:G1119"/>
+    <mergeCell ref="A1147:G1147"/>
+    <mergeCell ref="A1149:G1149"/>
+    <mergeCell ref="C1179:G1179"/>
+    <mergeCell ref="A1180:G1180"/>
+    <mergeCell ref="A1198:G1198"/>
+    <mergeCell ref="A1221:G1221"/>
+    <mergeCell ref="D1223:G1223"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.39375" top="0.7875" bottom="1.05277777777778" header="0.511805555555555" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="1" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader/>
     <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12Página &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/6.4.5.2$Windows_X86_64 LibreOffice_project/a726b36747cf2001e06b58ad5db1aa3a9a1872d6</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator/>
   <dc:description/>