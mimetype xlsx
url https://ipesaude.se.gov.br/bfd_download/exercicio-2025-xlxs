--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -105,64 +105,63 @@
   <si>
     <t xml:space="preserve">Julho</t>
   </si>
   <si>
     <t xml:space="preserve">Agosto</t>
   </si>
   <si>
     <t xml:space="preserve">Setembro</t>
   </si>
   <si>
     <t xml:space="preserve">Outubro</t>
   </si>
   <si>
     <t xml:space="preserve">Novembro</t>
   </si>
   <si>
     <t xml:space="preserve">Dezembro</t>
   </si>
   <si>
     <t xml:space="preserve">13º</t>
   </si>
   <si>
     <t xml:space="preserve">OBS: Servidores com vínculo efetivos e comissionados recebem conforme calendário do Estado.</t>
   </si>
   <si>
-    <t xml:space="preserve">Atualizado em: Dezembro de 2025</t>
+    <t xml:space="preserve">Atualizado em: Janeiro de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="6">
+  <numFmts count="5">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="[$R$-416]\ #,##0.00;[RED]\-[$R$-416]\ #,##0.00"/>
     <numFmt numFmtId="166" formatCode="_-&quot;R$ &quot;* #,##0.00_-;&quot;-R$ &quot;* #,##0.00_-;_-&quot;R$ &quot;* \-??_-;_-@_-"/>
-    <numFmt numFmtId="167" formatCode="d/m/yyyy"/>
+    <numFmt numFmtId="167" formatCode="dd/mm/yyyy"/>
     <numFmt numFmtId="168" formatCode="[$R$-416]\ #,##0.00;\-[$R$-416]\ #,##0.00"/>
-    <numFmt numFmtId="169" formatCode="dd/mm/yy"/>
   </numFmts>
   <fonts count="7">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="14"/>
@@ -225,145 +224,125 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="23">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="17" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="true">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="17" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="20" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="20" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="20" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
-      <protection locked="true" hidden="false"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
@@ -432,106 +411,106 @@
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.wmf"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>688320</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>131760</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>254520</xdr:colOff>
+      <xdr:colOff>254160</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>700920</xdr:rowOff>
+      <xdr:rowOff>700560</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="Figura 2" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="688320" y="293400"/>
-          <a:ext cx="1299600" cy="569160"/>
+          <a:ext cx="1300320" cy="568800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A2:I22"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="110" zoomScaleNormal="110" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="D17" activeCellId="0" sqref="D17"/>
+      <selection pane="topLeft" activeCell="H25" activeCellId="0" sqref="H25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.01171875" defaultRowHeight="12.75" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="12.03125" defaultRowHeight="12.75" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="12.57"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="16.42"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="16.41"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="1" width="15.71"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="1" width="15.15"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="1" width="14.28"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="2" width="17.68"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="1" width="16.42"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="2" width="24.15"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="1" width="16.41"/>
   </cols>
   <sheetData>
     <row r="2" customFormat="false" ht="60" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="4" customFormat="false" ht="15.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
@@ -641,354 +620,379 @@
         <v>726556.86</v>
       </c>
       <c r="F8" s="11" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="15" t="n">
         <v>295609.81</v>
       </c>
       <c r="H8" s="12" t="n">
         <v>2562.5</v>
       </c>
       <c r="I8" s="16" t="n">
         <v>45744</v>
       </c>
     </row>
     <row r="9" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A9" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D9" s="17" t="n">
+      <c r="D9" s="15" t="n">
         <v>1020034.75</v>
       </c>
       <c r="E9" s="10" t="n">
         <v>728868.74</v>
       </c>
       <c r="F9" s="11" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="15" t="n">
         <v>291146.01</v>
       </c>
       <c r="H9" s="12" t="n">
         <v>20</v>
       </c>
       <c r="I9" s="13" t="n">
         <v>45777</v>
       </c>
     </row>
     <row r="10" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A10" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D10" s="17" t="n">
+      <c r="D10" s="15" t="n">
         <v>1032174.96</v>
       </c>
       <c r="E10" s="10" t="n">
         <v>741615.36</v>
       </c>
       <c r="F10" s="11" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="15" t="n">
         <v>290559.6</v>
       </c>
       <c r="H10" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="13" t="n">
         <v>45807</v>
       </c>
     </row>
     <row r="11" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D11" s="18" t="n">
+      <c r="D11" s="10" t="n">
         <v>1009276.59</v>
       </c>
       <c r="E11" s="10" t="n">
         <f aca="false">720482.53+2837.15</f>
         <v>723319.68</v>
       </c>
       <c r="F11" s="11" t="n">
         <v>0</v>
       </c>
-      <c r="G11" s="19" t="n">
+      <c r="G11" s="12" t="n">
         <v>285914.12</v>
       </c>
       <c r="H11" s="12" t="n">
         <v>42.79</v>
       </c>
       <c r="I11" s="13" t="n">
         <v>45835</v>
       </c>
     </row>
     <row r="12" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D12" s="18" t="n">
+      <c r="D12" s="10" t="n">
         <v>1001358.84</v>
       </c>
       <c r="E12" s="10" t="n">
         <f aca="false">707564.45+2837.15</f>
         <v>710401.6</v>
       </c>
       <c r="F12" s="11" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="10" t="n">
         <v>289367.65</v>
       </c>
       <c r="H12" s="12" t="n">
         <v>1589.59</v>
       </c>
       <c r="I12" s="13" t="n">
         <v>45869</v>
       </c>
     </row>
     <row r="13" customFormat="false" ht="12.85" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A13" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D13" s="18" t="n">
+      <c r="D13" s="10" t="n">
         <v>1055482.76</v>
       </c>
       <c r="E13" s="10" t="n">
         <f aca="false">746046.42+2837.15</f>
         <v>748883.57</v>
       </c>
-      <c r="F13" s="20" t="n">
+      <c r="F13" s="17" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="10" t="n">
         <v>306599.19</v>
       </c>
       <c r="H13" s="12" t="n">
         <v>0</v>
       </c>
-      <c r="I13" s="21" t="n">
+      <c r="I13" s="18" t="n">
         <v>45898</v>
       </c>
     </row>
     <row r="14" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A14" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D14" s="19" t="n">
+      <c r="D14" s="12" t="n">
         <v>1081883.78</v>
       </c>
       <c r="E14" s="10" t="n">
         <f aca="false">767809.7+2837.15</f>
         <v>770646.85</v>
       </c>
-      <c r="F14" s="20" t="n">
+      <c r="F14" s="17" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="10" t="n">
         <v>311236.93</v>
       </c>
       <c r="H14" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="13" t="n">
         <v>45930</v>
       </c>
     </row>
     <row r="15" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A15" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D15" s="19" t="n">
+      <c r="D15" s="12" t="n">
         <v>1066842.35</v>
       </c>
       <c r="E15" s="10" t="n">
         <f aca="false">752785.77+2837.15</f>
         <v>755622.92</v>
       </c>
-      <c r="F15" s="20" t="n">
+      <c r="F15" s="17" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="10" t="n">
         <v>311219.43</v>
       </c>
       <c r="H15" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="13" t="n">
         <v>45961</v>
       </c>
     </row>
     <row r="16" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A16" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D16" s="19" t="n">
+      <c r="D16" s="12" t="n">
         <v>1103626.4</v>
       </c>
       <c r="E16" s="10" t="n">
         <f aca="false">783379.12+1040.29</f>
         <v>784419.41</v>
       </c>
-      <c r="F16" s="20" t="n">
+      <c r="F16" s="17" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="10" t="n">
         <v>319206.99</v>
       </c>
       <c r="H16" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="13" t="n">
         <v>45989</v>
       </c>
     </row>
-    <row r="17" customFormat="false" ht="12.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="17" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A17" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D17" s="22"/>
-[...6 lines deleted...]
-    <row r="18" customFormat="false" ht="12.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D17" s="12" t="n">
+        <v>1042921.36</v>
+      </c>
+      <c r="E17" s="10" t="n">
+        <f aca="false">727705.32</f>
+        <v>727705.32</v>
+      </c>
+      <c r="F17" s="17" t="n">
+        <v>0</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>314801.28</v>
+      </c>
+      <c r="H17" s="12" t="n">
+        <v>414.76</v>
+      </c>
+      <c r="I17" s="13" t="n">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A18" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="14" t="n">
         <v>152041</v>
       </c>
-      <c r="D18" s="22"/>
-[...4 lines deleted...]
-      <c r="I18" s="23"/>
+      <c r="D18" s="12" t="n">
+        <v>942025.63</v>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>408605.32</v>
+      </c>
+      <c r="F18" s="17" t="n">
+        <v>0</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>233063.4</v>
+      </c>
+      <c r="H18" s="12" t="n">
+        <v>300356.91</v>
+      </c>
+      <c r="I18" s="13" t="n">
+        <v>46010</v>
+      </c>
     </row>
     <row r="19" customFormat="false" ht="12.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A19" s="24"/>
-[...7 lines deleted...]
-      <c r="I19" s="24"/>
+      <c r="A19" s="19"/>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
+      <c r="D19" s="19"/>
+      <c r="E19" s="19"/>
+      <c r="F19" s="19"/>
+      <c r="G19" s="19"/>
+      <c r="H19" s="21"/>
+      <c r="I19" s="19"/>
     </row>
     <row r="20" customFormat="false" ht="12.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A20" s="27" t="s">
+      <c r="A20" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="27"/>
-[...6 lines deleted...]
-      <c r="I20" s="27"/>
+      <c r="B20" s="22"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="22"/>
+      <c r="F20" s="22"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="22"/>
     </row>
     <row r="22" customFormat="false" ht="12.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="G22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="G22:I22"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.652777777777778" right="0.634027777777778" top="1.05277777777778" bottom="0.7875" header="0.7875" footer="0.511805555555555"/>
-  <pageSetup paperSize="9" scale="100" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="landscape" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <pageSetup paperSize="9" scale="95" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="landscape" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;A</oddHeader>
     <oddFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/6.4.5.2$Windows_X86_64 LibreOffice_project/a726b36747cf2001e06b58ad5db1aa3a9a1872d6</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Mônica Santos Teles</dc:creator>
   <dc:description/>
   <dc:language>pt-BR</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>