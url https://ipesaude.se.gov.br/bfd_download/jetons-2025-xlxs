--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -28,51 +28,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Jetons 2025" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName function="false" hidden="false" localSheetId="0" name="_xlnm.Print_Titles" vbProcedure="false">'Jetons 2025'!$1:$3</definedName>
     <definedName function="false" hidden="false" name="_xlnm_Print_Titles_1" vbProcedure="false">'Jetons 2025'!$1:$3</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="26">
   <si>
     <t xml:space="preserve"> Instituto de Promoção e de Assistência à  Saúde de Servidores do Estado de Sergipe</t>
   </si>
   <si>
     <t xml:space="preserve">FOLHA DOS JETONS 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Janeiro</t>
   </si>
   <si>
     <t xml:space="preserve">CONSELHEIROS</t>
   </si>
   <si>
     <t xml:space="preserve">VALOR BRUTO</t>
   </si>
   <si>
     <t xml:space="preserve">RETENÇÕES</t>
   </si>
   <si>
     <t xml:space="preserve">VALOR LÍQUIDO</t>
   </si>
   <si>
     <t xml:space="preserve">LUCIVANDA NUNES RODRIGUES</t>
   </si>
   <si>
@@ -103,50 +103,53 @@
     <t xml:space="preserve">Fevereiro</t>
   </si>
   <si>
     <t xml:space="preserve">Março</t>
   </si>
   <si>
     <t xml:space="preserve">Abril</t>
   </si>
   <si>
     <t xml:space="preserve">Maio</t>
   </si>
   <si>
     <t xml:space="preserve">Junho</t>
   </si>
   <si>
     <t xml:space="preserve">Julho</t>
   </si>
   <si>
     <t xml:space="preserve">Agosto</t>
   </si>
   <si>
     <t xml:space="preserve">Setembro</t>
   </si>
   <si>
     <t xml:space="preserve">Outubro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dezembro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="[$R$-416]\ #,##0.00;[RED]\-[$R$-416]\ #,##0.00"/>
     <numFmt numFmtId="166" formatCode="[$-416]General"/>
     <numFmt numFmtId="167" formatCode="[$-416]dd/mm/yy"/>
   </numFmts>
   <fonts count="11">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
@@ -432,98 +435,98 @@
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.wmf"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>2592000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1064520</xdr:colOff>
+      <xdr:colOff>1064160</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>697320</xdr:rowOff>
+      <xdr:rowOff>696960</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="Figura 2" descr=""/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2592000" y="0"/>
-          <a:ext cx="1284120" cy="697320"/>
+          <a:ext cx="1283760" cy="696960"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D114"/>
+  <dimension ref="A1:D125"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A4" colorId="64" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="F99" activeCellId="0" sqref="F99"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A94" colorId="64" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="B133" activeCellId="0" sqref="B133"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.0546875" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="12.07421875" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="39.85"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="1" width="15.42"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="1" width="11.85"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="21.22"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="64" min="5" style="1" width="11.85"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="57.2" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" customFormat="false" ht="56.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
@@ -2088,65 +2091,223 @@
         <v>2100</v>
       </c>
       <c r="C113" s="12" t="n">
         <v>0</v>
       </c>
       <c r="D113" s="12" t="n">
         <f aca="false">B113</f>
         <v>2100</v>
       </c>
     </row>
     <row r="114" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A114" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B114" s="12" t="n">
         <v>2100</v>
       </c>
       <c r="C114" s="12" t="n">
         <v>0</v>
       </c>
       <c r="D114" s="12" t="n">
         <f aca="false">B114</f>
         <v>2100</v>
       </c>
     </row>
+    <row r="115" customFormat="false" ht="13.2" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A115" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B115" s="9"/>
+      <c r="C115" s="9"/>
+      <c r="D115" s="9"/>
+    </row>
+    <row r="116" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A116" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A117" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B117" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C117" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D117" s="12" t="n">
+        <f aca="false">B117</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="118" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A118" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B118" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C118" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D118" s="12" t="n">
+        <f aca="false">B118</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="119" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A119" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B119" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C119" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D119" s="12" t="n">
+        <f aca="false">B119</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="120" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A120" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C120" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D120" s="12" t="n">
+        <f aca="false">B120</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="121" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A121" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B121" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C121" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D121" s="12" t="n">
+        <f aca="false">B121</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="122" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A122" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B122" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C122" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D122" s="12" t="n">
+        <f aca="false">B122</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="123" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A123" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B123" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C123" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D123" s="12" t="n">
+        <f aca="false">B123</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="124" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A124" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B124" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C124" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D124" s="12" t="n">
+        <f aca="false">B124</f>
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="125" customFormat="false" ht="13.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A125" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" s="12" t="n">
+        <v>2100</v>
+      </c>
+      <c r="C125" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D125" s="12" t="n">
+        <f aca="false">B125</f>
+        <v>2100</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="13">
+  <mergeCells count="14">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A49:D49"/>
     <mergeCell ref="A60:D60"/>
     <mergeCell ref="A71:D71"/>
     <mergeCell ref="A82:D82"/>
     <mergeCell ref="A93:D93"/>
     <mergeCell ref="A104:D104"/>
+    <mergeCell ref="A115:D115"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.605555555555555" right="0.634027777777778" top="0.7875" bottom="0.7875" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/6.4.5.2$Windows_X86_64 LibreOffice_project/a726b36747cf2001e06b58ad5db1aa3a9a1872d6</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <dc:description/>
   <dc:language>pt-BR</dc:language>